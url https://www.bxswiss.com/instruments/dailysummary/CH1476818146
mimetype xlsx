--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc5b2d7508d4dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b8578730fb4871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130eb5420edb48bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6260e2d3a1d04d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24399f59d7964a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130eb5420edb48bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b975245ac043bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6260e2d3a1d04d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>1,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...242 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>