--- v1 (2025-10-22)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b8578730fb4871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790fdcd23b7a4464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6260e2d3a1d04d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a0fa0ad74d4790"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b975245ac043bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6260e2d3a1d04d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R514dc594db90406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a0fa0ad74d4790" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>