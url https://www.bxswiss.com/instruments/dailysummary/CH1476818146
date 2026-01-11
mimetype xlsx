--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790fdcd23b7a4464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re504415f076e4e68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a0fa0ad74d4790"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2537759a9d4d47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R514dc594db90406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a0fa0ad74d4790" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79b64c550d24226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2537759a9d4d47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>