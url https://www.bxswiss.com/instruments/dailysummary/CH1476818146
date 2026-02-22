--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re504415f076e4e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64453127f2e6484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2537759a9d4d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0c80789dbd47d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re79b64c550d24226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2537759a9d4d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30bedf9e4f7b452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0c80789dbd47d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...16 lines deleted...]
-          <x:t>0,621</x:t>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,561</x:t>
-[...53 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>