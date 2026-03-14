--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64453127f2e6484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbac2f091da488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0c80789dbd47d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3efa4daa9ae4910"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30bedf9e4f7b452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0c80789dbd47d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187f8042a65a402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3efa4daa9ae4910" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,549</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,571</x:t>
-[...333 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>