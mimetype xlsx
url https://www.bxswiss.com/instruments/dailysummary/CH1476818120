--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99251b82f9ee476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3169c87ab0cf4163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656da537d1d34036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb3d9706c1c4e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5d7ba3946d4b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656da537d1d34036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f2b26c009d4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb3d9706c1c4e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,225</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...151 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...16 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...16 lines deleted...]
-          <x:t>0,985</x:t>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>