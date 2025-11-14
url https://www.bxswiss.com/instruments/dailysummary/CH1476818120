--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3169c87ab0cf4163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11ffc94222c41d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb3d9706c1c4e4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0664cf0200784fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f2b26c009d4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb3d9706c1c4e4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b139c5e9ef341cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0664cf0200784fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...526 lines deleted...]
-          <x:t>24.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>0,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>