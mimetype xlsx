--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11ffc94222c41d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8647a428cdf44a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0664cf0200784fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e691a929ea542d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b139c5e9ef341cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0664cf0200784fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413b705ef2c94ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e691a929ea542d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>