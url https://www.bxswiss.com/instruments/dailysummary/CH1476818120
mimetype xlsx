--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8647a428cdf44a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8c9031032f45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e691a929ea542d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eeb49463110425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413b705ef2c94ac1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e691a929ea542d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a6193f127104575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eeb49463110425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,626</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,624</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,662</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>