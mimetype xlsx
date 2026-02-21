--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8c9031032f45f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0fe1c0bb68b46bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eeb49463110425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92adcb4f15a042b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a6193f127104575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eeb49463110425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25f262c742574d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92adcb4f15a042b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,481</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,477</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,467</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,463</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>0,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>