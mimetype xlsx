--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0fe1c0bb68b46bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708e47e37aba4af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92adcb4f15a042b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf57822eada4bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25f262c742574d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92adcb4f15a042b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4d8cd6ab37417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf57822eada4bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,447</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...97 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...367 lines deleted...]
-          <x:t>0,463</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...26 lines deleted...]
-          <x:t>0,421</x:t>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>