--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789b0c6bac9f4927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11eae069ccd2462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7482cc14854d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20bdd4ceb1734621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62f620ee5be64b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7482cc14854d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fe4783896d4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20bdd4ceb1734621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,725</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>