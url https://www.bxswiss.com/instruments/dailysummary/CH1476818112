--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11eae069ccd2462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e9ab7e64c04a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20bdd4ceb1734621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5ee854f64a45ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fe4783896d4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20bdd4ceb1734621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21426d81e47e4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5ee854f64a45ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,469</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...75 lines deleted...]
-          <x:t>0,427</x:t>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,423</x:t>
-[...124 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>0,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>