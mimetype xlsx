--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e9ab7e64c04a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c9074d40bf4d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5ee854f64a45ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e460ece658d4b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21426d81e47e4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5ee854f64a45ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R613fcb1c18e944c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e460ece658d4b3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,403</x:t>
-[...26 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...504 lines deleted...]
-          <x:t>0,413</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,401</x:t>
-[...26 lines deleted...]
-          <x:t>0,377</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>