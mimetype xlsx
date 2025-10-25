--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116ca7e2774a4c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d488b35211e4479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362e3cbe37a74bf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5206489d2c2642a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e4203bfcbf4385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362e3cbe37a74bf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c5672c3c9240da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5206489d2c2642a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...141 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>