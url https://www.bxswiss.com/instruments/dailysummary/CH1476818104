--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d488b35211e4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3e302636cf4e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5206489d2c2642a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b34a63f12d438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c5672c3c9240da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5206489d2c2642a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3edf5214774262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b34a63f12d438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>