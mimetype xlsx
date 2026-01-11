--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3e302636cf4e13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d5d8ad900824b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b34a63f12d438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7c321457b7489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3edf5214774262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b34a63f12d438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0188da7ecbcd4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7c321457b7489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,510</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>