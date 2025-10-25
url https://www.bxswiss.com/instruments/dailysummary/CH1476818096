--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff070a6bc61c4a27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f99a040cde4884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac053959fd6e48df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a85836fc024cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5a5cf81e3d4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac053959fd6e48df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb01cb63df5d4628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a85836fc024cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,865</x:t>
-[...31 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...151 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...242 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>