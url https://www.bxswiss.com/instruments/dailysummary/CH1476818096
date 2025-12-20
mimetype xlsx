--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f99a040cde4884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb5ad2aa017405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a85836fc024cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56fcce8d4134295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb01cb63df5d4628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a85836fc024cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8e877664f94a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56fcce8d4134295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...603 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>