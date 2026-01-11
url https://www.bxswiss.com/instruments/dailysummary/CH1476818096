--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb5ad2aa017405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58887ff425ac414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf56fcce8d4134295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530ee72d29d04899"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8e877664f94a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf56fcce8d4134295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97aa2dfae620445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530ee72d29d04899" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,512</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,502</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>