--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58887ff425ac414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1eeafa05e54151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530ee72d29d04899"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd88b28f34e046f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97aa2dfae620445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530ee72d29d04899" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722fc480364f4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd88b28f34e046f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,449</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...6 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,383</x:t>
-[...107 lines deleted...]
-          <x:t>0,353</x:t>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,323</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,311</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>