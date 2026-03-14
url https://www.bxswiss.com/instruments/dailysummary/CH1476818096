--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1eeafa05e54151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e76fdb24944799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd88b28f34e046f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb1b13d0a6043e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722fc480364f4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd88b28f34e046f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da027bb150049a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb1b13d0a6043e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,289</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>0,333</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...26 lines deleted...]
-          <x:t>0,303</x:t>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>