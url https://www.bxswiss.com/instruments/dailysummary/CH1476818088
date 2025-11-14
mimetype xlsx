--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a57b08212b5460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8018c1821b445c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce380e2c37de44bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75d1e6db65c46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8887fd9992334072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce380e2c37de44bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe148e6a260412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75d1e6db65c46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>