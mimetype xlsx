--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8018c1821b445c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra343ed6e0621418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75d1e6db65c46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdcbfc967fb546f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe148e6a260412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75d1e6db65c46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9360f17166a049ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdcbfc967fb546f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>