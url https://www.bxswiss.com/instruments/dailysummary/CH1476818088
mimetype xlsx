--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra343ed6e0621418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2143ff0d82314dc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdcbfc967fb546f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c9ef7024df4fee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9360f17166a049ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdcbfc967fb546f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85fc55a3a17b4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c9ef7024df4fee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,464</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,456</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>