--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2143ff0d82314dc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63baa4f67ba4ce3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3c9ef7024df4fee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e926c4df0b247af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85fc55a3a17b4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3c9ef7024df4fee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a26572af8849ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e926c4df0b247af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,451</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,443</x:t>
-[...141 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,327</x:t>
-[...43 lines deleted...]
-          <x:t>0,323</x:t>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...43 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...90 lines deleted...]
-          <x:t>0,281</x:t>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>