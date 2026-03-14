--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63baa4f67ba4ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9664b77fcd4b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e926c4df0b247af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f99fb4d8f149fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39a26572af8849ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e926c4df0b247af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2940f21bd1bc48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f99fb4d8f149fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,387</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...6 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...4 lines deleted...]
-          <x:t>0,269</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,267</x:t>
-[...11 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,261</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,263</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,250</x:t>
-[...291 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>0,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>