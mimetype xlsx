--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea728465e9444d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7f5edabf99439e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604d26871a374127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4d9c4912284d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001fedc8d1684e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604d26871a374127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5c7218299b4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4d9c4912284d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...102 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...259 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>