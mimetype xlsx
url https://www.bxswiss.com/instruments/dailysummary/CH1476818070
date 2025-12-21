--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7f5edabf99439e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc024b8410ae4489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda4d9c4912284d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617daacb73b54f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5c7218299b4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda4d9c4912284d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada65dd4e91f486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617daacb73b54f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>