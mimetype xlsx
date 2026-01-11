--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc024b8410ae4489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re906a3a509d04c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R617daacb73b54f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9efd70609d144567"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada65dd4e91f486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R617daacb73b54f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601a6a2ba0074234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9efd70609d144567" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,436</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,416</x:t>
-[...6 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,422</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>