--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re906a3a509d04c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf3d07b9a734361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9efd70609d144567"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b417b5f692e4bfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601a6a2ba0074234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9efd70609d144567" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f3cd81c5d7f4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b417b5f692e4bfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,315</x:t>
-[...16 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,307</x:t>
-[...58 lines deleted...]
-          <x:t>0,281</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,289</x:t>
-[...16 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...90 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>