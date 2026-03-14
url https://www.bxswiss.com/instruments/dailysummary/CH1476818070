--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf3d07b9a734361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9356fba8545e422c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b417b5f692e4bfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1e4231429049d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f3cd81c5d7f4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b417b5f692e4bfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red16dcc516bb463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1e4231429049d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,351</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,293</x:t>
-[...21 lines deleted...]
-          <x:t>0,244</x:t>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,259</x:t>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...16 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>0,228</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,228</x:t>
-[...463 lines deleted...]
-          <x:t>0,248</x:t>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>