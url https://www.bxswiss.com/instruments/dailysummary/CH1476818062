--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c68f6c2de064f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ae8d5a416fa44aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886f72193872455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3547b79211e44127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a0f1579a03495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886f72193872455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7c58ae750c4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3547b79211e44127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...141 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...4 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...198 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>