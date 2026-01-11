--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ae8d5a416fa44aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78c620fc88e42c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3547b79211e44127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a30ace71b74a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7c58ae750c4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3547b79211e44127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3bc3a08f3f42e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a30ace71b74a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>