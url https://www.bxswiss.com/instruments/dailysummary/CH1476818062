--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78c620fc88e42c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef38ef10a7b4c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a30ace71b74a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b878eda36c14e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3bc3a08f3f42e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a30ace71b74a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699e409ffbb74e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b878eda36c14e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,271</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,267</x:t>
-[...80 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,242</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,251</x:t>
-[...58 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>