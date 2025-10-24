--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f3ce3f47b24538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf01ab1f5e84a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra283af8c7b654308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ee9c1c79604f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7751255aaf0141ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra283af8c7b654308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1c803d77ad48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ee9c1c79604f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
-[...21 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>2,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
-[...21 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>