--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf01ab1f5e84a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5f2403b453418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ee9c1c79604f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1ff600cd084930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1c803d77ad48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ee9c1c79604f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f678cf7fe54b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1ff600cd084930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,085</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>