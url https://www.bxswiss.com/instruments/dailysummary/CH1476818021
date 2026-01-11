--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5f2403b453418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e146e8fc1744a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1ff600cd084930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03890f4cdcfc421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f678cf7fe54b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1ff600cd084930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371b64d98deb42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03890f4cdcfc421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>