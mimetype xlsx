--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e146e8fc1744a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4771a5c8c6b457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03890f4cdcfc421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2761b0beb3df4c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371b64d98deb42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03890f4cdcfc421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce32965526574ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2761b0beb3df4c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,539</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,487</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,613</x:t>
-[...102 lines deleted...]
-          <x:t>1,029</x:t>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,053</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,023</x:t>
-[...129 lines deleted...]
-          <x:t>0,901</x:t>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>0,829</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>