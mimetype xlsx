--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4771a5c8c6b457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d8a3143d98422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2761b0beb3df4c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e75fca9575425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce32965526574ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2761b0beb3df4c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6e0729324d41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e75fca9575425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476818021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,921</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...65 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>0,613</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,547</x:t>
-[...220 lines deleted...]
-          <x:t>0,733</x:t>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>