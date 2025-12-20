--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R519eeb6509db4e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a9889ee9e44cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5584d9a0d3024b51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69a023cb3bb47a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885e8936d186433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5584d9a0d3024b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef462648226446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69a023cb3bb47a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...60 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...512 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>