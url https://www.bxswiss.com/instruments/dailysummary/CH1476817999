--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a9889ee9e44cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re139e24ac4334b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69a023cb3bb47a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54273bb4ca9641da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef462648226446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69a023cb3bb47a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05386d0a8cce457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54273bb4ca9641da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,414</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,472</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,408</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...425 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>