--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re139e24ac4334b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R157758ef8caa4a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54273bb4ca9641da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dd0dccc8a74761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05386d0a8cce457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54273bb4ca9641da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb48a09a1dbb4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dd0dccc8a74761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,359</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,313</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,267</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>