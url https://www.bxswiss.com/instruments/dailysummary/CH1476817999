--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R157758ef8caa4a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2cb0ec037e4ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dd0dccc8a74761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7563f8be96374996"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb48a09a1dbb4615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dd0dccc8a74761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc275cfc57a4140c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7563f8be96374996" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,238</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,273</x:t>
-[...232 lines deleted...]
-          <x:t>0,234</x:t>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,218</x:t>
-[...124 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,152</x:t>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,166</x:t>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,156</x:t>
-[...21 lines deleted...]
-          <x:t>0,160</x:t>
+          <x:t>0,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,154</x:t>
-[...80 lines deleted...]
-          <x:t>0,158</x:t>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>