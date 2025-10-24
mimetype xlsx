--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98de8f3b03df4c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523f15ad9e4c48f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a52f4b0cc041e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9846b426804a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176209298c714a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a52f4b0cc041e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4fffc1036bc433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9846b426804a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...16 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...6 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>