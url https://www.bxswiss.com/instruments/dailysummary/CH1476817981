--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523f15ad9e4c48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10b80dbd15d413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9846b426804a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0952c17663a04521"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4fffc1036bc433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9846b426804a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c2359c80b34d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0952c17663a04521" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,455</x:t>
-[...539 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>