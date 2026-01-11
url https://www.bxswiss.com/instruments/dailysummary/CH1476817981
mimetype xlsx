--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re10b80dbd15d413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8919d4cfc94bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0952c17663a04521"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad9cc6a604a4ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c2359c80b34d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0952c17663a04521" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a3335b2b554155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad9cc6a604a4ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,529</x:t>
-[...502 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
-        </x:is>
-[...121 lines deleted...]
-          <x:t>0,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>