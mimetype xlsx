--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8919d4cfc94bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra93024f7b102491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad9cc6a604a4ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d781846b12544f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a3335b2b554155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad9cc6a604a4ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc600d0515c774470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d781846b12544f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...6 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,377</x:t>
-[...279 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>