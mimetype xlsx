--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b770f58bcd41e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd815f38e13a14a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e75e2e05554b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520291a0f5d44c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8527a0acf2e140c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e75e2e05554b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6036ffa64a3943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520291a0f5d44c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...178 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...9 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>