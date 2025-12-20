--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd815f38e13a14a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9b276e21e54781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520291a0f5d44c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1629bb0e8ec7450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6036ffa64a3943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520291a0f5d44c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f440d940384552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1629bb0e8ec7450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...53 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>