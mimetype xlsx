--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9b276e21e54781" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029165a27c524372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1629bb0e8ec7450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd294b8464ba74936"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f440d940384552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1629bb0e8ec7450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde43bc6ec31d4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd294b8464ba74936" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,714</x:t>
-[...75 lines deleted...]
-          <x:t>0,556</x:t>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,508</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>