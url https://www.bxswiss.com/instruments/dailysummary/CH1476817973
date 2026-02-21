--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029165a27c524372" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3ea9f7a7304814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd294b8464ba74936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a82236c05aa41d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde43bc6ec31d4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd294b8464ba74936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a92bcf24d8f4cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a82236c05aa41d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,581</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,549</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>