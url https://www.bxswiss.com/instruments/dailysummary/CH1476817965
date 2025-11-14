--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28efa089f4e64c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a09f25acabc4c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra19d9bd9a6414774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R574076e6e75541d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1f1eb3435f7403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra19d9bd9a6414774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3801a0f901664c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R574076e6e75541d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
-[...124 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...102 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>