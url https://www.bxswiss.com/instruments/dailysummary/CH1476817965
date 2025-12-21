--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a09f25acabc4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f1648a0c304e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R574076e6e75541d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d37ac33b44e4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3801a0f901664c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R574076e6e75541d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f21087ed0a44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d37ac33b44e4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>