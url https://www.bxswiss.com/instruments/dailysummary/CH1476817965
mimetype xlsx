--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f1648a0c304e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5deffc9cb864c41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d37ac33b44e4966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3033c8e1845b43fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f21087ed0a44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d37ac33b44e4966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb59abcf0813f44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3033c8e1845b43fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,688</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,696</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>0,752</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,732</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>