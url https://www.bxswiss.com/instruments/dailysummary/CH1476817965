--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5deffc9cb864c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b0f10d048441cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3033c8e1845b43fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R594b4964363d4a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb59abcf0813f44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3033c8e1845b43fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b259ad184f84ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R594b4964363d4a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,617</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,639</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,573</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,441</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>