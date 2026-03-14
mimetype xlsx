--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b0f10d048441cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62d05ab0b4b4e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R594b4964363d4a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a831246e38d4a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b259ad184f84ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R594b4964363d4a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b5630aa771d4f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a831246e38d4a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,521</x:t>
-[...210 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...139 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,319</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,303</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>