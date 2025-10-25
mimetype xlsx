--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc0c3085dcc489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844d6d30d02f419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07e1d2fa44eb45b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba01362556d4124"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc568773f2ad847b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07e1d2fa44eb45b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f4393dd4e14a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba01362556d4124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,615</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...6 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...4 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...9 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>