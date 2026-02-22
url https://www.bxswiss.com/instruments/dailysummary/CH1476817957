--- v1 (2025-10-25)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844d6d30d02f419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35a9ea504cf74b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba01362556d4124"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde5851294d042e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94f4393dd4e14a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba01362556d4124" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bfb1ec8d8349b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde5851294d042e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>