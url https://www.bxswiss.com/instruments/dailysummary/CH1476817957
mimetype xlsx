--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35a9ea504cf74b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d79210f46424f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde5851294d042e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4be6afe130674f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bfb1ec8d8349b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde5851294d042e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d8533dc05b54097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4be6afe130674f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>0,659</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,509</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...144 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>