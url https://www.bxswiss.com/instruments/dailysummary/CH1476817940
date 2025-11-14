--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1b713a1961409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556f619048904259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4ed42833f44adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re794660d140745e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3023ec65ec6c4d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4ed42833f44adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c96c94367494ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re794660d140745e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...48 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...205 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...38 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>