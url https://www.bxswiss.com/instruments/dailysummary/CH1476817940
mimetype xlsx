--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556f619048904259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81965ff1bbd64d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re794660d140745e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc817545014424af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c96c94367494ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re794660d140745e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095117a9882f43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc817545014424af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...625 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>