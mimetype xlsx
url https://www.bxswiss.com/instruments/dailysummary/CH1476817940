--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81965ff1bbd64d82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f6f81468b3e4ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc817545014424af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff2f7560dc64311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095117a9882f43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc817545014424af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f21f2003adf4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff2f7560dc64311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>50,508</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,048</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>0,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,920</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>