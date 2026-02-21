--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f6f81468b3e4ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb152f897713345cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff2f7560dc64311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R680cfb3bf8a24ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f21f2003adf4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff2f7560dc64311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb7efb8ffe6466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R680cfb3bf8a24ca6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,049</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,853</x:t>
-[...16 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,607</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,699</x:t>
-[...70 lines deleted...]
-          <x:t>0,781</x:t>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,777</x:t>
-[...60 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>0,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>