--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb152f897713345cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d093f6b99bd48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R680cfb3bf8a24ca6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c11f1e9bee6417a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb7efb8ffe6466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R680cfb3bf8a24ca6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834c8fc7daaf46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c11f1e9bee6417a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,611</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,489</x:t>
-[...151 lines deleted...]
-          <x:t>0,497</x:t>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...6 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,489</x:t>
-[...117 lines deleted...]
-          <x:t>0,461</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>