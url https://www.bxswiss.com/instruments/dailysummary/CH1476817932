--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b8e765622f34b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3411e761bbba4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c8f547c6ac40e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56f5973ccb94220"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c40c37dec3a4352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c8f547c6ac40e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40907b11d90d4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56f5973ccb94220" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>