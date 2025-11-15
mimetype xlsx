--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3411e761bbba4705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299073f5553b4a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56f5973ccb94220"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aff66b164894d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40907b11d90d4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56f5973ccb94220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe429dd1914a44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aff66b164894d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...124 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...436 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>