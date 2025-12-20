--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299073f5553b4a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb1c417bba54ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aff66b164894d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c6b6cb5539848bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe429dd1914a44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aff66b164894d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5c7151b7384994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c6b6cb5539848bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>1,189</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>