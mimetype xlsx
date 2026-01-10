--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb1c417bba54ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b87eaa50ede4ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c6b6cb5539848bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ff88f4680240cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5c7151b7384994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c6b6cb5539848bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66da8ab6e7d94cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ff88f4680240cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...507 lines deleted...]
-          <x:t>0,979</x:t>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,891</x:t>
-[...112 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>