--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b87eaa50ede4ebf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe71ae136a584e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ff88f4680240cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70670550fe5497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66da8ab6e7d94cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ff88f4680240cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94d51bfbd1ea4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70670550fe5497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,041</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,951</x:t>
-[...21 lines deleted...]
-          <x:t>0,801</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,023</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>