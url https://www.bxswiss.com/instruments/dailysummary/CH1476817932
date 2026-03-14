--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe71ae136a584e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095673f9255e4341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70670550fe5497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb99f3e80e3404282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94d51bfbd1ea4727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70670550fe5497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec23c26e0d9a4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb99f3e80e3404282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,853</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,699</x:t>
-[...26 lines deleted...]
-          <x:t>0,537</x:t>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...145 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,503</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>0,563</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>