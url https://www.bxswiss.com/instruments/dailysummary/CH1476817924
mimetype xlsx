--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84179a536dec46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362881844f264d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41be874a508b485f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba7ba9a2fae44189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ee53a25b2d4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41be874a508b485f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb9f324492a4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba7ba9a2fae44189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>