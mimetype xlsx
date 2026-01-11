--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362881844f264d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f400d7af074877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba7ba9a2fae44189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4b9348b8b047cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recb9f324492a4f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba7ba9a2fae44189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75dd9c06a6644c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4b9348b8b047cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...16 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...517 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>