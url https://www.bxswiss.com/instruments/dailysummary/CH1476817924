--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f400d7af074877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54807accad9a4ffd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4b9348b8b047cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec61e8dc129345bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75dd9c06a6644c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4b9348b8b047cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bce2bba22434521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec61e8dc129345bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,359</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,121</x:t>
-[...6 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,191</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>1,139</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,087</x:t>
-[...80 lines deleted...]
-          <x:t>1,179</x:t>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>