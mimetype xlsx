--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54807accad9a4ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851c0a5b44014a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec61e8dc129345bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R216bc2bf1b294fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bce2bba22434521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec61e8dc129345bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5950f50dbcb4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R216bc2bf1b294fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,999</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...53 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,949</x:t>
-[...26 lines deleted...]
-          <x:t>0,863</x:t>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>0,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...11 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,667</x:t>
-[...4 lines deleted...]
-          <x:t>0,557</x:t>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,681</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>