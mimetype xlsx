--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc03e5b506ca4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe842c00ea71463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree584279d190463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e7aa53cf6b4feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2775ae9e00934e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree584279d190463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc777a40ddd9f4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e7aa53cf6b4feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...11 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...9 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>