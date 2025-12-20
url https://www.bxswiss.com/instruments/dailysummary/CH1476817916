--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe842c00ea71463e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a522c893e34d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e7aa53cf6b4feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9ffdd3698c468f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc777a40ddd9f4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e7aa53cf6b4feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb59b4d43d0044670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9ffdd3698c468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>1,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>