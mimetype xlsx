--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a522c893e34d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f265d0eab347cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b9ffdd3698c468f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d13b00d482d479b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb59b4d43d0044670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b9ffdd3698c468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc18ab5b734a4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d13b00d482d479b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,352</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,260</x:t>
-[...237 lines deleted...]
-          <x:t>1,482</x:t>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,438</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>1,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,511</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>