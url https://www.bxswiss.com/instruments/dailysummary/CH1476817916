--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f265d0eab347cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa1dc3b9a29438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d13b00d482d479b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af7c9c2a2e94232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc18ab5b734a4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d13b00d482d479b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63001a8b3ce84d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af7c9c2a2e94232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>1,219</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,113</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,103</x:t>
-[...16 lines deleted...]
-          <x:t>1,187</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,173</x:t>
-[...215 lines deleted...]
-          <x:t>1,351</x:t>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>