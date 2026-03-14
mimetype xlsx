--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa1dc3b9a29438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf56365a77fc4f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af7c9c2a2e94232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e18365034a4b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63001a8b3ce84d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af7c9c2a2e94232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re443ce241c8243b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e18365034a4b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,159</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>