--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67df8d10b91e4ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858ff87690994b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bff5f9b3d0d4a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62855b752f34e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46c127dab4d4409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bff5f9b3d0d4a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra602a203674e47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62855b752f34e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,265</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>