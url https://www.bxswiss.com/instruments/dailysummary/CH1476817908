--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858ff87690994b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967699a16dfa4900" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62855b752f34e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7727fdd4654b43fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra602a203674e47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62855b752f34e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac00afcd5fe44855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7727fdd4654b43fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>