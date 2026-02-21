--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967699a16dfa4900" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R467ea34d774244f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7727fdd4654b43fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7602e1f9bf0a4f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac00afcd5fe44855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7727fdd4654b43fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03e57224f42042f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7602e1f9bf0a4f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>1,387</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,229</x:t>
-[...92 lines deleted...]
-          <x:t>1,311</x:t>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,281</x:t>
-[...220 lines deleted...]
-          <x:t>1,539</x:t>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>