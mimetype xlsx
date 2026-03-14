--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R467ea34d774244f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R982b18c5b20a45ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7602e1f9bf0a4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec9d377df24547a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03e57224f42042f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7602e1f9bf0a4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22bcb98e4360476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec9d377df24547a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,203</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,181</x:t>
-[...582 lines deleted...]
-        <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>