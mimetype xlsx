--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a000ab10d9a4759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a31498dcd514769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6e79bba0464ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ed40e89c91f461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca8b4ae4b9b4611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6e79bba0464ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae59c092a549b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ed40e89c91f461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...11 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,445</x:t>
-[...11 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,675</x:t>
-[...11 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>1,665</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>