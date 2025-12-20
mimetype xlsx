--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a31498dcd514769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c4bdd5fdbb448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ed40e89c91f461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R710c7742146c4a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae59c092a549b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ed40e89c91f461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ebc3dca97114664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R710c7742146c4a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,815</x:t>
-[...404 lines deleted...]
-          <x:t>1,885</x:t>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>