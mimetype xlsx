--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c4bdd5fdbb448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358a9efc28764614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R710c7742146c4a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc699ae3b8c04d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ebc3dca97114664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R710c7742146c4a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db6120b500f4639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc699ae3b8c04d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,840</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,792</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>1,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...57 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>