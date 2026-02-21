--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358a9efc28764614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0d888eeca9421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc699ae3b8c04d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69126101a754876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db6120b500f4639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc699ae3b8c04d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redfb233f4cfc4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69126101a754876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,637</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,599</x:t>
-[...43 lines deleted...]
-          <x:t>1,509</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,277</x:t>
-[...296 lines deleted...]
-          <x:t>1,743</x:t>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>