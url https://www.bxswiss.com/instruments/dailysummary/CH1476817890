--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0d888eeca9421c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d156977623b4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69126101a754876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34530ad638314420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redfb233f4cfc4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69126101a754876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09649c12a6924f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34530ad638314420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,227</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,361</x:t>
-[...593 lines deleted...]
-          <x:t>1,143</x:t>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>