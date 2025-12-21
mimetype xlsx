--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2135b2f7615f4a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fe4328906e496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb4bab6c8b346ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2643de1c6a4a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76bcc323b61545b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb4bab6c8b346ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c0da8321d94978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2643de1c6a4a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
-[...242 lines deleted...]
-          <x:t>2,085</x:t>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>