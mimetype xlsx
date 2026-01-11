--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fe4328906e496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f00238e2e94411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2643de1c6a4a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6e2890e38cb4f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c0da8321d94978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2643de1c6a4a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca41d4a061042d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6e2890e38cb4f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,990</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,004</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,918</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>