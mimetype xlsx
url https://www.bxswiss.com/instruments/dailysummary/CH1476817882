--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f00238e2e94411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0681d42887b74e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6e2890e38cb4f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef8f908a28a4651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca41d4a061042d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6e2890e38cb4f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5602e27715084dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef8f908a28a4651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,763</x:t>
-[...26 lines deleted...]
-          <x:t>1,703</x:t>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,449</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1,963</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>