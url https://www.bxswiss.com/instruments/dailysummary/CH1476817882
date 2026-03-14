--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0681d42887b74e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75972a89913944d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef8f908a28a4651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba97a7a0aee4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5602e27715084dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef8f908a28a4651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R330666c86b024ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba97a7a0aee4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>1,801</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,681</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,269</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>