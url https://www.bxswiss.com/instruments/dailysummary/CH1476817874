--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbc3ae7c61e045dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23537f8566f04a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a53e5dd19164cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220ab9c5fead42e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf557e9d717674e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a53e5dd19164cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cffb65da219448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220ab9c5fead42e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,795</x:t>
-[...48 lines deleted...]
-          <x:t>1,735</x:t>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>1,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>