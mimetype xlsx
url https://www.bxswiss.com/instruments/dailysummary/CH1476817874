--- v1 (2025-11-13)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23537f8566f04a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd74c40270144c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220ab9c5fead42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52cba0e1136422c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cffb65da219448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220ab9c5fead42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50cabbbf67574287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52cba0e1136422c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>2,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...362 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>