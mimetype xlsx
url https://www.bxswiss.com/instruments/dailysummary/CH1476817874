--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd74c40270144c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a1164ae0ae64348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52cba0e1136422c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f19b95c9f544f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50cabbbf67574287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52cba0e1136422c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf217540071074fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f19b95c9f544f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,967</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,029</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,807</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,909</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...296 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>