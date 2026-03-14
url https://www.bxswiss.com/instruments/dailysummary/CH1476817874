--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a1164ae0ae64348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441135e0cbbe4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1f19b95c9f544f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd80721dcbc4b4370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf217540071074fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1f19b95c9f544f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d3632d3a42439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd80721dcbc4b4370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,793</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,501</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>1,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,701</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>1,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>