--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b508be74e74f73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61acf2590cb040a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28dfb80c205f4380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc2180e4ecf44c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa89a9c52954cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28dfb80c205f4380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5192bbef0104cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc2180e4ecf44c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>2,055</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
+          <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...92 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...58 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>