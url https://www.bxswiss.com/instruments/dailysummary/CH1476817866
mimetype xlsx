--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61acf2590cb040a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffcf2068c8a4ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc2180e4ecf44c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397b8cec49a4453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5192bbef0104cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc2180e4ecf44c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3a605643bf4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397b8cec49a4453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,135</x:t>
-[...31 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>2,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>