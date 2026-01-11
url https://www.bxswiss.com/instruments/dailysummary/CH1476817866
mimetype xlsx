--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffcf2068c8a4ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0fffef5879d43f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R397b8cec49a4453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f1c81e09f74507"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3a605643bf4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R397b8cec49a4453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5908b3e634547ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f1c81e09f74507" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>