--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0fffef5879d43f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817ae56034d8430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f1c81e09f74507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd29f99af02024767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5908b3e634547ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f1c81e09f74507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e081914b1fa45e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd29f99af02024767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,129</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,837</x:t>
-[...296 lines deleted...]
-          <x:t>2,439</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>