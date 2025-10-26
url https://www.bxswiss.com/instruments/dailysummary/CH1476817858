--- v0 (2025-10-02)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbb8a08dd9b480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9866be568c74d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5b5aafc52f47a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4d7ccaa53a44d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c3e12eb97364d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5b5aafc52f47a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e8183c705f04bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4d7ccaa53a44d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1,895</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...129 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,195</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,505</x:t>
-[...4 lines deleted...]
-          <x:t>2,445</x:t>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,315</x:t>
-[...166 lines deleted...]
-          <x:t>2,455</x:t>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>