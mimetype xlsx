--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9866be568c74d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d5dba2fd2f4152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4d7ccaa53a44d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7827229755f4ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e8183c705f04bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4d7ccaa53a44d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86ca50bba7f4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7827229755f4ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>2,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>