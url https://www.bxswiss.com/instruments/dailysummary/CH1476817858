--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d5dba2fd2f4152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a9faa440d64c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7827229755f4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6889dbcbec2e436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86ca50bba7f4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7827229755f4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7068f496ccf4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6889dbcbec2e436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,171</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,984</x:t>
-[...583 lines deleted...]
-          <x:t>1,989</x:t>
+          <x:t>2,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,969</x:t>
-[...31 lines deleted...]
-          <x:t>2,283</x:t>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>