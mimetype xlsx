--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a9faa440d64c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c92377c283846f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6889dbcbec2e436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a4e298236a4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7068f496ccf4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6889dbcbec2e436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a6902eb9375413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a4e298236a4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,853</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,481</x:t>
-[...33 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,425</x:t>
-[...85 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>2,697</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>