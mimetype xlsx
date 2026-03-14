--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c92377c283846f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520d130b08a54250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a4e298236a4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9573784fe483477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a6902eb9375413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a4e298236a4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb05b7b0437cd4b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9573784fe483477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>2,359</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,167</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>2,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,175</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>