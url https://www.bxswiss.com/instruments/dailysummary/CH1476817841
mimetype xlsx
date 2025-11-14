--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba2b31703db499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf944ed77d44e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190b90201c7d4696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c9216110fa4a0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc08cfb5ca7444ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190b90201c7d4696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4a355a278f4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c9216110fa4a0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...124 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>2,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
-[...4 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>2,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>