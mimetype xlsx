--- v1 (2025-11-14)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf944ed77d44e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a30f2f84e24557" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c9216110fa4a0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf497902b685e44f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4a355a278f4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c9216110fa4a0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54a5437d2df4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf497902b685e44f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...48 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>2,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,685</x:t>
-[...11 lines deleted...]
-          <x:t>2,675</x:t>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,625</x:t>
-[...544 lines deleted...]
-          <x:t>2,935</x:t>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>