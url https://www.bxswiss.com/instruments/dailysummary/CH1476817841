--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a30f2f84e24557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77254657a99492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf497902b685e44f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cbb3224173d4a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54a5437d2df4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf497902b685e44f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674b1387c2b14317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cbb3224173d4a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,469</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,601</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,277</x:t>
-[...296 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>