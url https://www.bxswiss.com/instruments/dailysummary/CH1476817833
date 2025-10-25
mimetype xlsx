--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31def4c071a14c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2dad23b7f1b4423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd029839ae34a04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99564c48722b41ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ed1942330e4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd029839ae34a04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c36b3dc65c450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99564c48722b41ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,135</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,695</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,635</x:t>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,965</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...146 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,885</x:t>
-[...4 lines deleted...]
-          <x:t>2,915</x:t>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>