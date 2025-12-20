--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2dad23b7f1b4423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4064f30ccf4c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99564c48722b41ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5330363c55b34e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c36b3dc65c450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99564c48722b41ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f6e9f4828943be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5330363c55b34e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,755</x:t>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>3,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>