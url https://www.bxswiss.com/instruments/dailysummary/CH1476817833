--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4064f30ccf4c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4529235fbde047f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5330363c55b34e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302a9e92e140412e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f6e9f4828943be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5330363c55b34e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9830c36e38c74195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302a9e92e140412e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>