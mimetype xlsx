--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4529235fbde047f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd7c2bcc4a14025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302a9e92e140412e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d661b1c8834fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9830c36e38c74195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302a9e92e140412e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R961cf69497ea4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d661b1c8834fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>3,218</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,154</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>3,141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>