--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd7c2bcc4a14025" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcd9d157687f499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d661b1c8834fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5912cb2730f547cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R961cf69497ea4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d661b1c8834fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a5f4c546f4a4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5912cb2730f547cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,713</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,649</x:t>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,757</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,421</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>3,241</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>