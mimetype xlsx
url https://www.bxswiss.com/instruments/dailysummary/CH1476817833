--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcd9d157687f499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ccf9fb96ef14e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5912cb2730f547cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ae208decf24920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a5f4c546f4a4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5912cb2730f547cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21aa9f2b353447d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ae208decf24920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>