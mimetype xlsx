--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e584dc2d8874a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02f9396fa6d4dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38fdac8c34944f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226fbfb1f7754049"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d982fff4a54323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38fdac8c34944f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b4f0bccc94fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226fbfb1f7754049" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>2,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>3,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>