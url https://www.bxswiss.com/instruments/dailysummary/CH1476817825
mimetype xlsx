--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02f9396fa6d4dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91f0020ed764cc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226fbfb1f7754049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33970f4424374415"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b4f0bccc94fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226fbfb1f7754049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bac80a6e3774dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33970f4424374415" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,925</x:t>
-[...166 lines deleted...]
-          <x:t>3,265</x:t>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>3,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>