--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91f0020ed764cc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1fac20ea19a4d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33970f4424374415"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a34fd37b244f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bac80a6e3774dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33970f4424374415" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcceb971c80f34856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a34fd37b244f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,282</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,409</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...70 lines deleted...]
-          <x:t>3,117</x:t>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,713</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>3,017</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,973</x:t>
-[...269 lines deleted...]
-          <x:t>3,529</x:t>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>