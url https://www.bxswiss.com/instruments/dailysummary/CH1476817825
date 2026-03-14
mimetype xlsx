--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1fac20ea19a4d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf095ca6332894a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a34fd37b244f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re656c829853c44e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcceb971c80f34856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a34fd37b244f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb385664bc8148cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re656c829853c44e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>2,495</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,649</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>3,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,081</x:t>
-[...188 lines deleted...]
-          <x:t>2,747</x:t>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>