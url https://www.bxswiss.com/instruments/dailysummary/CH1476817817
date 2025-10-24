--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dae9792a7714e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71f23584f2d4313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R372a4daf849c4519"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3325c935d8874f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb888fab836eb4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R372a4daf849c4519" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5072bd00888b4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3325c935d8874f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>2,635</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,575</x:t>
-[...188 lines deleted...]
-          <x:t>3,105</x:t>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,435</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,395</x:t>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...181 lines deleted...]
-          <x:t>3,415</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>