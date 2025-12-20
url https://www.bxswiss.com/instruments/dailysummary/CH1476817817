--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb71f23584f2d4313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356454e5facb445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3325c935d8874f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra899ee4d7c9149ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5072bd00888b4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3325c935d8874f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334b1e8483054c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra899ee4d7c9149ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,435</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,395</x:t>
-[...80 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>3,775</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>