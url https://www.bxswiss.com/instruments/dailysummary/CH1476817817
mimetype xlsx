--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356454e5facb445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452e50b37b1a436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra899ee4d7c9149ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd188260d714ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R334b1e8483054c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra899ee4d7c9149ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393e216c8b564042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd188260d714ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>3,512</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,742</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,626</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>