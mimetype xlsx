--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452e50b37b1a436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909bcfd05c21456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd188260d714ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e64bd983512443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393e216c8b564042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd188260d714ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbabf77073a8c4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e64bd983512443d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,626</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,554</x:t>
-[...264 lines deleted...]
-          <x:t>3,599</x:t>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,573</x:t>
-[...134 lines deleted...]
-          <x:t>3,823</x:t>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>