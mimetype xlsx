--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909bcfd05c21456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb16037423d84a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e64bd983512443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c75ae2ebc614964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbabf77073a8c4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e64bd983512443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1b3c564c0342fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c75ae2ebc614964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,321</x:t>
-[...146 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,733</x:t>
-[...387 lines deleted...]
-          <x:t>3,023</x:t>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>