--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02df403bdd6c4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200bb76bc8dc42b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2afa75a2704d5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c577e467d84d47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b220a5f8a454b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2afa75a2704d5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d633b68f8d746e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c577e467d84d47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>3,125</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,065</x:t>
-[...38 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,225</x:t>
-[...80 lines deleted...]
-          <x:t>3,595</x:t>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,575</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>3,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>3,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>