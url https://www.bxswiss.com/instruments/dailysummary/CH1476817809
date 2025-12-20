--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200bb76bc8dc42b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc7d467cbe0458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c577e467d84d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43014c4349bf4135"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d633b68f8d746e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c577e467d84d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33699eed0f064532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43014c4349bf4135" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,265</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...426 lines deleted...]
-          <x:t>4,225</x:t>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>3,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>