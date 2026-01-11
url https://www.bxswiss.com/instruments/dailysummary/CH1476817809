--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc7d467cbe0458a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb040801aef894842" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43014c4349bf4135"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861b5f6772cd46dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33699eed0f064532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43014c4349bf4135" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0ff6b8c7464d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861b5f6772cd46dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,702</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,516</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,195</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>