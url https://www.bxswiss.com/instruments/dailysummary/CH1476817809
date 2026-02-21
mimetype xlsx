--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb040801aef894842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f0d7d9c3324924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861b5f6772cd46dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb673fe62b8ec4920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0ff6b8c7464d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861b5f6772cd46dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194aafa3f3d0482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb673fe62b8ec4920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>3,615</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,735</x:t>
-[...31 lines deleted...]
-          <x:t>3,233</x:t>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>4,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>