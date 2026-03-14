--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f0d7d9c3324924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4093101ffc8402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb673fe62b8ec4920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0a017578734380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194aafa3f3d0482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb673fe62b8ec4920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eadfce8af854d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0a017578734380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...507 lines deleted...]
-          <x:t>3,033</x:t>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,863</x:t>
-[...85 lines deleted...]
-          <x:t>3,307</x:t>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>