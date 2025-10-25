--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c57ddb22bb942f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193b30384ffa4447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc413a37faf24fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16db572773f443be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5881be0cfe404624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc413a37faf24fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf6414671e14457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16db572773f443be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,525</x:t>
-[...16 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,615</x:t>
-[...4 lines deleted...]
-          <x:t>3,435</x:t>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>3,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,705</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,625</x:t>
-[...16 lines deleted...]
-          <x:t>3,965</x:t>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,915</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>4,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,165</x:t>
+          <x:t>4,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>