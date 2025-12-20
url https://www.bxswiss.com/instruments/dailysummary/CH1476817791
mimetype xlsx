--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193b30384ffa4447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00393bc87f0b44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16db572773f443be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06feba2e14784a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf6414671e14457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16db572773f443be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a519872d8e482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06feba2e14784a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>3,915</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>3,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>4,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>