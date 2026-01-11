--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00393bc87f0b44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d46d76b5d24626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06feba2e14784a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c60643d48574c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a519872d8e482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06feba2e14784a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ff899306d34c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c60643d48574c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,322</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>4,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,116</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>