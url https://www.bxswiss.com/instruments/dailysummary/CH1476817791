--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d46d76b5d24626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d400d9785342ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c60643d48574c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ace79169c3d4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ff899306d34c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c60643d48574c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76677c5e61ef4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ace79169c3d4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,123</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>4,147</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,951</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>4,273</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...26 lines deleted...]
-          <x:t>4,435</x:t>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>