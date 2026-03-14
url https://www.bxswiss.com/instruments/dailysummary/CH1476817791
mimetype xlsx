--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d400d9785342ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6244dbbc133744fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ace79169c3d4dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f94a1a26b449f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76677c5e61ef4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ace79169c3d4dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8c4ae44cd044eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f94a1a26b449f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>