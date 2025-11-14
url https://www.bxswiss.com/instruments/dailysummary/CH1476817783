--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcbb1a7bd9ad468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded4e853103f48a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174c5cf1dd194a24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fca2960a9584a30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R493eeb537216435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174c5cf1dd194a24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73881466932646a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fca2960a9584a30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,705</x:t>
-[...328 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>