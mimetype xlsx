--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded4e853103f48a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27ba4ba3b9d4d4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fca2960a9584a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2cee3ee26ce4713"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73881466932646a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fca2960a9584a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f24a042381f40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2cee3ee26ce4713" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>4,195</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,115</x:t>
-[...544 lines deleted...]
-          <x:t>4,495</x:t>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>