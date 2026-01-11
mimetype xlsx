--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27ba4ba3b9d4d4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe302136aea4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2cee3ee26ce4713"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c0cfcc17cf4744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f24a042381f40ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2cee3ee26ce4713" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2dc21cc8104862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c0cfcc17cf4744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>4,456</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,344</x:t>
-[...92 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>4,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,700</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>4,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,408</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>