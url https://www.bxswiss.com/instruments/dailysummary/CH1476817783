--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe302136aea4867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d4c48010284468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c0cfcc17cf4744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4856d5ceec4616"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2dc21cc8104862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c0cfcc17cf4744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb71d31ed268d4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4856d5ceec4616" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>4,829</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,363</x:t>
-[...43 lines deleted...]
-          <x:t>4,315</x:t>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,031</x:t>
-[...323 lines deleted...]
-          <x:t>4,749</x:t>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>