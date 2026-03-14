--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d4c48010284468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fbee599826148b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4856d5ceec4616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6e06e7c3c614b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb71d31ed268d4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4856d5ceec4616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf711ccbfd4484928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6e06e7c3c614b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>4,159</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,331</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,399</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>