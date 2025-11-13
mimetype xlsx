--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606f4426af894557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f330bf7dd924cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64d5879cce24452c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222e60ec7b374ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611881763ee24f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64d5879cce24452c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdfe60d2d6db4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222e60ec7b374ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>4,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,775</x:t>
-[...85 lines deleted...]
-          <x:t>4,625</x:t>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>4,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>