--- v1 (2025-11-13)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f330bf7dd924cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e33291cb5c4cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222e60ec7b374ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2557571c8f604658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdfe60d2d6db4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222e60ec7b374ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cf9a183ad441be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2557571c8f604658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>05.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,095</x:t>
-[...144 lines deleted...]
-          <x:t>5,185</x:t>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>