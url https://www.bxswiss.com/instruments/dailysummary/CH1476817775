--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e33291cb5c4cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d707e9c4f6484c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2557571c8f604658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e373a89d744915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cf9a183ad441be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2557571c8f604658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a09abe41154f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e373a89d744915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>5,137</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,659</x:t>
-[...60 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,549</x:t>
-[...102 lines deleted...]
-          <x:t>4,627</x:t>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,553</x:t>
-[...193 lines deleted...]
-          <x:t>5,069</x:t>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>