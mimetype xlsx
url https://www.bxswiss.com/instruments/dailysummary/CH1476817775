--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d707e9c4f6484c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8b88fb6da64062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e373a89d744915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782a4c28ac324a9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a09abe41154f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e373a89d744915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ed3c0d8f834260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782a4c28ac324a9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>4,511</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>4,197</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>