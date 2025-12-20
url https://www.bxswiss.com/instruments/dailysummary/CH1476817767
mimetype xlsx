--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe07c8057404b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e68c27ee56d4913" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R040c1a8125534f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8152be82fa524710"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re70213e76b3d414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R040c1a8125534f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c1df3208604552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8152be82fa524710" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>4,355</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,285</x:t>
-[...274 lines deleted...]
-          <x:t>4,805</x:t>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>