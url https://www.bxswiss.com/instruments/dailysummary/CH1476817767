--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e68c27ee56d4913" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78304ed1e42a4272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8152be82fa524710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffcb8cb1965e426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c1df3208604552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8152be82fa524710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec6c578f5d24461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffcb8cb1965e426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>