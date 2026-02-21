--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78304ed1e42a4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9db195399904c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffcb8cb1965e426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87009f3e1c2c4a4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec6c578f5d24461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffcb8cb1965e426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37be0a2dcd144b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87009f3e1c2c4a4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>4,369</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,739</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,687</x:t>
-[...269 lines deleted...]
-          <x:t>5,395</x:t>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>