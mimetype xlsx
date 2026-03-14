--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9db195399904c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73e7d2c391fd4a76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87009f3e1c2c4a4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b03f7236dd454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37be0a2dcd144b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87009f3e1c2c4a4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c0bb94c3b34618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b03f7236dd454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,837</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,773</x:t>
-[...6 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,825</x:t>
-[...603 lines deleted...]
-          <x:t>4,507</x:t>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>