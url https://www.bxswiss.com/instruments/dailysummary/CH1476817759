--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cf41ab041c74981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf54b62c27a4914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7df8e092e8547db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838c65f5b84846fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fc603cb2184391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7df8e092e8547db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2564d18804db4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838c65f5b84846fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,835</x:t>
-[...31 lines deleted...]
-          <x:t>4,645</x:t>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>5,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>