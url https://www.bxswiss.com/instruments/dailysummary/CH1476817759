--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf54b62c27a4914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6284503d3504a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838c65f5b84846fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e71da28b8dc4bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2564d18804db4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838c65f5b84846fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e7b9ad4fa144c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e71da28b8dc4bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>4,975</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>5,845</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,735</x:t>
-[...188 lines deleted...]
-          <x:t>5,365</x:t>
+          <x:t>5,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>