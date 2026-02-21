--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6284503d3504a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd023430dd71244c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e71da28b8dc4bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa90e1940ab450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e7b9ad4fa144c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e71da28b8dc4bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da6c0da57f5464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa90e1940ab450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>5,167</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,271</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>4,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>5,047</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,995</x:t>
-[...269 lines deleted...]
-          <x:t>5,723</x:t>
+          <x:t>4,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>