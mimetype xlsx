--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd023430dd71244c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35b8fd3d7ac4db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa90e1940ab450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e02dfa39e94e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da6c0da57f5464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa90e1940ab450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree587c496dae4e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e02dfa39e94e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>5,417</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,199</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,383</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>5,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,579</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>