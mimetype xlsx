--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9f564696644244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66723652d5bd4512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4173f3e78ec04192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f57da5ac82842de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f16523119ca4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4173f3e78ec04192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85177816e8b491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f57da5ac82842de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,925</x:t>
-[...97 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>5,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,395</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>5,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>