--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66723652d5bd4512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc864e47c7a24df1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f57da5ac82842de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbe662efa1b48fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85177816e8b491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f57da5ac82842de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8764745fcd734ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbe662efa1b48fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>5,065</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,755</x:t>
-[...205 lines deleted...]
-          <x:t>5,585</x:t>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,455</x:t>
-[...16 lines deleted...]
-          <x:t>5,515</x:t>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,505</x:t>
-[...301 lines deleted...]
-          <x:t>5,395</x:t>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>