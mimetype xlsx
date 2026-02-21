--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc864e47c7a24df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64532feb8d6e4f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbbe662efa1b48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7adf0111f7a4ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8764745fcd734ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbbe662efa1b48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4678c0369e2e44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7adf0111f7a4ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,630</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,781</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,909</x:t>
-[...16 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>6,057</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>