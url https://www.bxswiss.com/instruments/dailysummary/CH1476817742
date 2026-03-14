--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64532feb8d6e4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c94f56113ea4b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7adf0111f7a4ab1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd591a05489574249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4678c0369e2e44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7adf0111f7a4ab1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b23e67cf7ce4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd591a05489574249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,747</x:t>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,521</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>6,011</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,251</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>4,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,007</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>5,139</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>