--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f224288aaeb42e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912d491b942f4420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0926a46c83e04556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a227b63d0d41ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417ec9600b894441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0926a46c83e04556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d85d4a5327b46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a227b63d0d41ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,705</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>