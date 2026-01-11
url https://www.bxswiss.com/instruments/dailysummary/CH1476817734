--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912d491b942f4420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bdaa23f88be47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a227b63d0d41ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c1df473f504fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d85d4a5327b46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a227b63d0d41ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041c16f1ab844501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c1df473f504fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>5,976</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,099</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>