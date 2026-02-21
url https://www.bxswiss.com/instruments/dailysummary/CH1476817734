--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bdaa23f88be47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511b072fc5b44c5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c1df473f504fa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf912a6f9fc4826"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041c16f1ab844501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c1df473f504fa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2712b97a4ee4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf912a6f9fc4826" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>5,679</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,219</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>6,393</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>