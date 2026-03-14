--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511b072fc5b44c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee00c9da1d34a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf912a6f9fc4826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab2e471bbf94719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2712b97a4ee4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf912a6f9fc4826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R851d437435ec48bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab2e471bbf94719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,463</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...477 lines deleted...]
-          <x:t>16.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,417</x:t>
-[...117 lines deleted...]
-          <x:t>5,463</x:t>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>