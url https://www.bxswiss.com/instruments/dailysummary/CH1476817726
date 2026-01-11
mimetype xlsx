--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52ca96a42174c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d608dc2aa04f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d06a03c2dbb45fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462aae1125f045a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62623bf009854280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d06a03c2dbb45fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8775e088896f4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462aae1125f045a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>6,592</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,304</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>6,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,109</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>