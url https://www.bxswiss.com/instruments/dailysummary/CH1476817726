--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d608dc2aa04f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b28e25bb324998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462aae1125f045a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab32077f1bb4297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8775e088896f4b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462aae1125f045a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5f92a73d6d4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab32077f1bb4297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,739</x:t>
-[...31 lines deleted...]
-          <x:t>6,033</x:t>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,249</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>6,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>