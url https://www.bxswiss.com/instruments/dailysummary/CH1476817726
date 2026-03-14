--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b28e25bb324998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12ce02c99814b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab32077f1bb4297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f036fa0b8346ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5f92a73d6d4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab32077f1bb4297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f2086da34a84442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f036fa0b8346ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>6,129</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,059</x:t>
-[...291 lines deleted...]
-          <x:t>5,963</x:t>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>5,789</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>