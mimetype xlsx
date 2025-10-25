--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf375dd78b0f1479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f7d6db2b88482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc5c84e500034896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37a762bea1947c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R305f7936ff7140e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc5c84e500034896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab698e44b634c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37a762bea1947c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>5,295</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,235</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>5,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>6,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,205</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>6,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,285</x:t>
-[...4 lines deleted...]
-          <x:t>6,325</x:t>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>