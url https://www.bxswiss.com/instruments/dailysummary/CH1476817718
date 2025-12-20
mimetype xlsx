--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f7d6db2b88482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f529ad4b3154549" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37a762bea1947c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b7726a888244d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab698e44b634c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37a762bea1947c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf789bd0826634859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b7726a888244d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>6,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>6,765</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>