--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f529ad4b3154549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49f3295e8624b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b7726a888244d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a859f2cd2a44308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf789bd0826634859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b7726a888244d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c52a412b6543aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a859f2cd2a44308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>