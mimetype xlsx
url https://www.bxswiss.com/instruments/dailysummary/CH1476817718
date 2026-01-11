--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49f3295e8624b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re647f5af20c14f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a859f2cd2a44308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d89f3a1baaf4df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c52a412b6543aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a859f2cd2a44308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7187e863ac42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d89f3a1baaf4df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,038</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>6,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,686</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>