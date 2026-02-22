--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re647f5af20c14f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7736bdaf164548a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d89f3a1baaf4df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d51bd897bf14744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7187e863ac42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d89f3a1baaf4df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b5668cba2934fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d51bd897bf14744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>7,071</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>6,233</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,143</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>7,079</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>