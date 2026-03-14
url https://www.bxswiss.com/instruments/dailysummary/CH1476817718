--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7736bdaf164548a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re93bd1f4993f466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d51bd897bf14744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e4470f56a0499a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b5668cba2934fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d51bd897bf14744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f41b03e93a4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e4470f56a0499a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>6,915</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,891</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>6,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,043</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>