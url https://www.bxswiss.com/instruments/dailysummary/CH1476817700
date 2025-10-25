--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6de9ba57de4cbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef19aac4b4e4f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R877d505a5b2748d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72734bd63b504588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc661a6108e514014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R877d505a5b2748d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1eb434bd6a9471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72734bd63b504588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>5,595</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,535</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>6,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>6,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>6,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...167 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,595</x:t>
-[...4 lines deleted...]
-          <x:t>6,635</x:t>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>