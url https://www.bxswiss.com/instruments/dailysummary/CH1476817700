--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef19aac4b4e4f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4845322ba5d4b08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72734bd63b504588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7f1212c9fc44b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1eb434bd6a9471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72734bd63b504588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red45e6c1dcfd4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7f1212c9fc44b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,625</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,575</x:t>
-[...625 lines deleted...]
-          <x:t>7,095</x:t>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>