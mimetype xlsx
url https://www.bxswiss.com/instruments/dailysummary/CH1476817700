--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4845322ba5d4b08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe47a6a732274a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7f1212c9fc44b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f3fc36bf564214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red45e6c1dcfd4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7f1212c9fc44b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1a9a90d0ce4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f3fc36bf564214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>