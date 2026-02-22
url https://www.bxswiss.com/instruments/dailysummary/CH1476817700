--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe47a6a732274a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf71bf405284db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f3fc36bf564214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82113fc5ae749e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1a9a90d0ce4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f3fc36bf564214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193f7e080510498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82113fc5ae749e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>6,449</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,377</x:t>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,713</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>7,017</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>