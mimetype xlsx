--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cf71bf405284db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59203555dec493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82113fc5ae749e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cba952e141c428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193f7e080510498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82113fc5ae749e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4daf77805d604466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cba952e141c428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>6,859</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,099</x:t>
-[...506 lines deleted...]
-        <x:is>
           <x:t>6,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>