--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d50387b079d47ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7191be32b84556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf2895d1cdf4055"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19ddb1ad9eb4f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7875f9d92dd24d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf2895d1cdf4055" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b444e56e1b84f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19ddb1ad9eb4f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>6,135</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,825</x:t>
-[...151 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,135</x:t>
-[...4 lines deleted...]
-          <x:t>6,915</x:t>
+          <x:t>6,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>