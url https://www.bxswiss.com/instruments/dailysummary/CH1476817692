--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7191be32b84556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcd52523a4743e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19ddb1ad9eb4f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c8ab4872404dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b444e56e1b84f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19ddb1ad9eb4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd254ad53d7c45ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c8ab4872404dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,825</x:t>
-[...107 lines deleted...]
-          <x:t>6,715</x:t>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,615</x:t>
-[...458 lines deleted...]
-          <x:t>6,955</x:t>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>