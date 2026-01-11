--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcd52523a4743e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d458ef6be8403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0c8ab4872404dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b306dda08e44264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd254ad53d7c45ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0c8ab4872404dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra467d24563d94954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b306dda08e44264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>