--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c0950168c614d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91536a043a04e8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87011eac32674ab6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda871bbd216d4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab889b5f44144a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87011eac32674ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b3d8c1fdf44662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda871bbd216d4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>7,185</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>