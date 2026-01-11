--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91536a043a04e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73ded1680dbf4c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda871bbd216d4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3761ef38e134396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b3d8c1fdf44662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda871bbd216d4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20ea37b0e4945b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3761ef38e134396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>