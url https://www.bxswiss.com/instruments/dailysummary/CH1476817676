--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf091f0ca1f4778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957a693ddfb64196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52eaf49b68514e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb63b9f4a7141ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc44be8761b42b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52eaf49b68514e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e16f7c6f1454654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb63b9f4a7141ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>6,615</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,525</x:t>
-[...178 lines deleted...]
-          <x:t>7,295</x:t>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,785</x:t>
-[...4 lines deleted...]
-          <x:t>7,555</x:t>
+          <x:t>7,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>