--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957a693ddfb64196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14d0007f7c64404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb63b9f4a7141ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38b6c613a2b4410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e16f7c6f1454654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb63b9f4a7141ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb26b5d226c8474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38b6c613a2b4410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>8,075</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>