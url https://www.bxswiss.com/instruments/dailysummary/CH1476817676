--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14d0007f7c64404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5383758ea16a4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38b6c613a2b4410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622b2186b61341e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb26b5d226c8474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38b6c613a2b4410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e47c847336e4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622b2186b61341e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>7,638</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,396</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>8,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,757</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>