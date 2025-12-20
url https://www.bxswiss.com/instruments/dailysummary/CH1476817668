--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcea800d659394009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40374d128e7c49bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09956338227941cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12f0aa138c24d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bd74e498b3e4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09956338227941cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d85714df2543c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12f0aa138c24d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>7,695</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,655</x:t>
-[...517 lines deleted...]
-          <x:t>8,415</x:t>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>