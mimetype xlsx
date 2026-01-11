--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40374d128e7c49bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e5a2a0f19449ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12f0aa138c24d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcebdc3713a9e4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d85714df2543c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12f0aa138c24d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0137e629ec0c4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcebdc3713a9e4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>