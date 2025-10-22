--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ecc607d3a594852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01666272fa364d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R142f1b7d11584063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf238e6e391d54c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4eb1aae1e8a4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R142f1b7d11584063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58fe3d2630464b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf238e6e391d54c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>7,905</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,815</x:t>
-[...134 lines deleted...]
-          <x:t>8,165</x:t>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>8,565</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,505</x:t>
-[...166 lines deleted...]
-          <x:t>8,495</x:t>
+          <x:t>8,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>