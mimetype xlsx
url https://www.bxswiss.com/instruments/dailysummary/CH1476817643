--- v1 (2025-10-22)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01666272fa364d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7e1893ec1d43a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf238e6e391d54c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8462bb07a6645e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58fe3d2630464b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf238e6e391d54c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra183e820799c43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8462bb07a6645e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>8,725</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>