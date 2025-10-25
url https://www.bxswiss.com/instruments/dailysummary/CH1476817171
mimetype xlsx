--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44da137ed6b048eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e0f157214c4cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68c709e59e004f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc9083435bc44ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ef39e59c9d4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68c709e59e004f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0f9dc268544945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc9083435bc44ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
-[...75 lines deleted...]
-          <x:t>2,345</x:t>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,255</x:t>
-[...308 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,865</x:t>
-[...166 lines deleted...]
-          <x:t>1,955</x:t>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>