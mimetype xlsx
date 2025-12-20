--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e0f157214c4cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b5f643d96b6427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc9083435bc44ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2bbf3e8df0342ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0f9dc268544945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc9083435bc44ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R563dbb63635542b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2bbf3e8df0342ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>