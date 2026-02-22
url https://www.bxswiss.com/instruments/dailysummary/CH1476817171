--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b5f643d96b6427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b343280cc3b4dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2bbf3e8df0342ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c70c9fa62394951"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R563dbb63635542b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2bbf3e8df0342ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ccf6869061424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c70c9fa62394951" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,193</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>