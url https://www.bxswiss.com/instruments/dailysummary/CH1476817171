--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b343280cc3b4dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19005034438345c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c70c9fa62394951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbff5d91b8ac44b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ccf6869061424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c70c9fa62394951" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66e6a577f9d41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbff5d91b8ac44b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...70 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,889</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,907</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,031</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,937</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,031</x:t>
-[...144 lines deleted...]
-          <x:t>0,889</x:t>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>