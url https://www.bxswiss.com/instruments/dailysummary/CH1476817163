--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf45c603b2e84de8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71c0cf2ca724c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0cea487348499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a15a7596734f43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f11f0f6e7e4c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0cea487348499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408fe5b141484781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a15a7596734f43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>