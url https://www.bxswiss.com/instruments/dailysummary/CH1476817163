--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71c0cf2ca724c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a44c87f114451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a15a7596734f43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f86e689b8544c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408fe5b141484781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a15a7596734f43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c3f75d24b54d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f86e689b8544c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>