--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a44c87f114451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f90b76433940fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f86e689b8544c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60727f2835334258"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c3f75d24b54d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f86e689b8544c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra04e4eb4567746c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60727f2835334258" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,430</x:t>
-[...129 lines deleted...]
-          <x:t>1,280</x:t>
+          <x:t>1,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,312</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,117</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>