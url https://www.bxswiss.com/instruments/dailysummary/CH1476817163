--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f90b76433940fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80b77ff61f54177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60727f2835334258"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b236224d1d49a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra04e4eb4567746c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60727f2835334258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b59fc0fe8a045b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b236224d1d49a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,019</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,987</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,017</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,861</x:t>
-[...107 lines deleted...]
-          <x:t>0,839</x:t>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>