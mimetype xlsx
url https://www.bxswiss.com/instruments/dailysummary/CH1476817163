--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80b77ff61f54177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15a6b21c83e43bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b236224d1d49a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb7ba5d82344cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b59fc0fe8a045b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b236224d1d49a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1349f666db014552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb7ba5d82344cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,883</x:t>
-[...26 lines deleted...]
-          <x:t>0,877</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,807</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,847</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>0,679</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,647</x:t>
-[...97 lines deleted...]
-          <x:t>0,853</x:t>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,913</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,801</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>