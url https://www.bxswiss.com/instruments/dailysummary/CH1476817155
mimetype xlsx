--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d21307ca7b4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c58b5eb4fe3479f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5c0ffe277f4a8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra622752441284f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf9487ba085422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5c0ffe277f4a8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2917aec0b24a4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra622752441284f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>