--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c58b5eb4fe3479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c56e286b234475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra622752441284f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537823f1ed264a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2917aec0b24a4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra622752441284f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra007a85e66dc46c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537823f1ed264a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>