--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c56e286b234475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e5a4be9d5a64791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537823f1ed264a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ca751701ef048c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra007a85e66dc46c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537823f1ed264a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reede7dbe02ce4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ca751701ef048c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,881</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,887</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...26 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,779</x:t>
-[...80 lines deleted...]
-          <x:t>0,761</x:t>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>