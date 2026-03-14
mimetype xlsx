--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e5a4be9d5a64791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99ca87827e7492f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ca751701ef048c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35278350c8cb4023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reede7dbe02ce4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ca751701ef048c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5628114d7f8945e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35278350c8cb4023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,793</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,729</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-          <x:t>0,687</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,683</x:t>
-[...31 lines deleted...]
-          <x:t>0,727</x:t>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>