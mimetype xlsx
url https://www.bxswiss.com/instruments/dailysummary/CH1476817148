--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820dc946b1c742b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4c64ee6966641d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c677c3b40c4782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db4d5967f904694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeee635e6b874466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c677c3b40c4782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8491fba4f344554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db4d5967f904694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,695</x:t>
+          <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>1,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...134 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>1,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>