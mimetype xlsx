--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4c64ee6966641d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e085ee26404803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2db4d5967f904694"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e373ea9d764ac0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8491fba4f344554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2db4d5967f904694" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d31d85e0804ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e373ea9d764ac0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>1,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>