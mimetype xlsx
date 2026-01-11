--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e085ee26404803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd788f6f9ea7d4608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e373ea9d764ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47177adb4de54f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d31d85e0804ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e373ea9d764ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3f7f135faa04487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47177adb4de54f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>1,238</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,202</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>1,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,064</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>