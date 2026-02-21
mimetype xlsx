--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd788f6f9ea7d4608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9daa880886144435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47177adb4de54f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c804de54724fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3f7f135faa04487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47177adb4de54f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a48254541d14945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c804de54724fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,887</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,797</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,801</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,799</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,737</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,727</x:t>
-[...53 lines deleted...]
-          <x:t>0,687</x:t>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>