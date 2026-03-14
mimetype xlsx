--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9daa880886144435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15da77d767134275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c804de54724fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R261bb808264a42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a48254541d14945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c804de54724fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef7a27030f74792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R261bb808264a42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,691</x:t>
-[...11 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,641</x:t>
+          <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,651</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,627</x:t>
-[...328 lines deleted...]
-          <x:t>0,661</x:t>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>