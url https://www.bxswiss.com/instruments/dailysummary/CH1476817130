--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1357cc817d4548f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6c49803c244803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cd9421997545e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d4dac285e940a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac046c1be39b469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cd9421997545e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ebf5b0699f4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d4dac285e940a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>