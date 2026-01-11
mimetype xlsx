--- v1 (2026-01-11)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6c49803c244803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2185e1ccfc44e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d4dac285e940a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea46798d3ce14820"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ebf5b0699f4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d4dac285e940a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e371d5c52c4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea46798d3ce14820" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>