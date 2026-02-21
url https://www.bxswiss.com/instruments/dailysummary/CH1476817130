--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2185e1ccfc44e13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R388587f4b70a4f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea46798d3ce14820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e864c18a364a7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e371d5c52c4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea46798d3ce14820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50606ffbe2cb4c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e864c18a364a7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,723</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,687</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,687</x:t>
-[...48 lines deleted...]
-          <x:t>0,741</x:t>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
-[...33 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,671</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>0,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>