--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R388587f4b70a4f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R063abc16d1464db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e864c18a364a7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R025e82e57af242ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50606ffbe2cb4c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e864c18a364a7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec686bcd749c49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R025e82e57af242ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,641</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,659</x:t>
-[...58 lines deleted...]
-          <x:t>0,591</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,633</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>0,603</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>