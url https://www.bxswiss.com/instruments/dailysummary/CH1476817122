--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10abc111088649a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3c18bc859541c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2c4117ff9c42d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re418412617ae4873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e634b5b7adc4b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2c4117ff9c42d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c80b9bda9f34433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re418412617ae4873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,545</x:t>
-[...4 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...178 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>1,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>