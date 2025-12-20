--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3c18bc859541c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7772ece0c90148f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re418412617ae4873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c5a0f0fda74ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c80b9bda9f34433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re418412617ae4873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68e3d4e9501f4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c5a0f0fda74ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>