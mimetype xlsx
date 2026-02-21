--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7772ece0c90148f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad50e716d75e4dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c5a0f0fda74ef1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bde09957c6748e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68e3d4e9501f4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c5a0f0fda74ef1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R731b385bcc6646e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bde09957c6748e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,821</x:t>
-[...144 lines deleted...]
-          <x:t>0,733</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>