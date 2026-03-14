--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad50e716d75e4dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf476474a97e0448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bde09957c6748e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9f7017816e44922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R731b385bcc6646e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bde09957c6748e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a42f989e6cf49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9f7017816e44922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476817122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,583</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,529</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,547</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>